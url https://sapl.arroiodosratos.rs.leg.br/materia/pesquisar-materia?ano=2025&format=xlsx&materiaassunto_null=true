--- v0 (2026-02-09)
+++ v1 (2026-03-30)
@@ -51,106 +51,106 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Rittieli Souza Silva</t>
   </si>
   <si>
-    <t>https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/1/ind_01-2025.pdf</t>
+    <t>http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/1/ind_01-2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 001/2025_x000D_
 _x000D_
 RITTIELI SOUZA SILVA, Vereadora da Câmara Municipal de Arroio dos_x000D_
 Ratos, no uso de suas atribuições conferidas por Lei, INDICA ao Excelentíssimo Senhor_x000D_
 Chefe do Poder Executivo Municipal que analise e encaminhe a Secretaria de Saúde о_x000D_
 que segue:_x000D_
 _x000D_
 Crie um ponto de coleta de doação de sangue.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Neida Lima</t>
   </si>
   <si>
-    <t>https://sapl.arroiodosratos.rs.leg.br/media/</t>
+    <t>http://sapl.arroiodosratos.rs.leg.br/media/</t>
   </si>
   <si>
     <t>(Teste)</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Felipe Athanázio Vieira</t>
   </si>
   <si>
     <t>teste</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_transito_no_centro.pdf</t>
+    <t>http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_transito_no_centro.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve a presente, no uso das atribuições que lhe confere o Regimento Interno desta Casa Legislativa, vem, respeitosamente, INDICAR ao Poder Executivo Municipal que seja realizado estudo técnico de tráfego e mobilidade urbana com vistas à otimização do trânsito na Avenida Espanha, especificamente no trecho correspondente à extensão da Praça Naro Pereira da Silva.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_2025_gef_assinado.pdf</t>
+    <t>http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_2025_gef_assinado.pdf</t>
   </si>
   <si>
     <t>FELIPE VIEIRA, Vereador da Câmara Municipal de Arroio dos Ratos, no uso de suas atribuições conferidas por Lei, INDICA ao Excelentíssimo Senhor Chefe do Poder Executivo Municipal que, através da Secretaria Municipal de Administração, Cultura, Desporto e Turismo, Procuradoria Geral Municipal e Gestores do Fundo de Aposentadoria e Pensão dos Servidores Municipais de Arroio dos Ratos, procedam na realização de estudo técnico jurídico e atuarial a respeito da viabilidade/possibilidade ou não de inclusão do valor de contribuição sobre a Gratificação Especial de Função (GEF) no cálculo das aposentadorias dos servidores.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>José Hélio Rodrigues Cifuentes</t>
   </si>
   <si>
     <t>JOSÉ HÉLIO RODRIGUES CIFUENTES, Vereador da Câmara Municipal_x000D_
 de Arroio dos Ratos, no uso de suas atribuições conferidas por Lei, INDICA ao_x000D_
 Excelentíssimo Senhor Chefe do Poder Executivo Municipal, através da Secretaria_x000D_
 de Obras, que seja realizada a manutenção nas tampas de bueiros localizadas na_x000D_
 Av. João Pereira da Silva próximo ao número 1580, na Av. João Pereira da Silva_x000D_
 próximo ao número 1652 quase esquina com a rua João Lopes Mendes e na rua_x000D_
 João Lopes Mendes próximo ao número 95.</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
@@ -403,51 +403,51 @@
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>Emenda Supressiva 001 ao PL 085/25</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Emenda Supressiva 001 ao PL 093/25</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Legislativa</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GP</t>
   </si>
   <si>
-    <t>https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ata_53_2025.pdf</t>
+    <t>http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ata_53_2025.pdf</t>
   </si>
   <si>
     <t>ATA Sessão Ordinária 053/2025 – 09/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -754,68 +754,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/1/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_transito_no_centro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_2025_gef_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ata_53_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/1/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_transito_no_centro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_2025_gef_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arroiodosratos.rs.leg.br/media/sapl/public/materialegislativa/2025/38/ata_53_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>